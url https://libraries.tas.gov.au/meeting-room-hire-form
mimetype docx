--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,86 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6A142858" w14:textId="34FD0576" w:rsidR="00AE04F2" w:rsidRPr="00C35A22" w:rsidRDefault="00CE65BC" w:rsidP="00963833">
+    <w:p w14:paraId="6A142858" w14:textId="34FD0576" w:rsidR="00AE04F2" w:rsidRPr="00C35A22" w:rsidRDefault="00000000" w:rsidP="00963833">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Title"/>
           <w:tag w:val=""/>
           <w:id w:val="-1442214456"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="0AD74274A8E24643AD6F49CF20B42555"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00512C64">
             <w:t xml:space="preserve">Meeting room </w:t>
           </w:r>
           <w:r w:rsidR="007D67F1">
             <w:t>hire</w:t>
           </w:r>
           <w:r w:rsidR="005864E7">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="003E12D2">
             <w:t>application</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B419A8" w:rsidRPr="00C35A22">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D522696" w14:textId="4EB3BAC4" w:rsidR="00C123D2" w:rsidRDefault="00C123D2" w:rsidP="00AF0D1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00C123D2">
         <w:t>Before submitting this form:</w:t>
@@ -410,76 +412,71 @@
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="15524BE7" w14:textId="7892466F" w:rsidR="000636CE" w:rsidRDefault="000636CE" w:rsidP="00587F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>This booking is for</w:t>
       </w:r>
       <w:r w:rsidR="00036D6F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC8C5FF" w14:textId="24E9EC9D" w:rsidR="00036D6F" w:rsidRDefault="00CE65BC" w:rsidP="00587F5D">
+    <w:p w14:paraId="1EC8C5FF" w14:textId="24E9EC9D" w:rsidR="00036D6F" w:rsidRDefault="00000000" w:rsidP="00587F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box indicating this booking is for commercial use"/>
           <w:id w:val="129674351"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E5582B" w:rsidRPr="00E5582B">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E5582B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00036D6F">
         <w:t xml:space="preserve">Commercial </w:t>
       </w:r>
       <w:r w:rsidR="00D52AB1">
         <w:t>organisation</w:t>
       </w:r>
       <w:r w:rsidR="00E5582B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E5582B">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
@@ -513,76 +510,71 @@
       <w:r w:rsidR="00E5582B" w:rsidRPr="00514B76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> public liability insurance</w:t>
       </w:r>
       <w:r w:rsidR="00D60CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00222186">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidR="00E5582B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A1EECA" w14:textId="2FDAB017" w:rsidR="00036D6F" w:rsidRDefault="00CE65BC" w:rsidP="00587F5D">
+    <w:p w14:paraId="59A1EECA" w14:textId="2FDAB017" w:rsidR="00036D6F" w:rsidRDefault="00000000" w:rsidP="00587F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box indicating this booking is for a registered not-for-profit or community organisation"/>
           <w:id w:val="-915867253"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E5582B" w:rsidRPr="00E5582B">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E5582B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC0EC8">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00036D6F">
         <w:t>ot-for-profit</w:t>
       </w:r>
       <w:r w:rsidR="00D52AB1">
         <w:t xml:space="preserve"> organisation</w:t>
       </w:r>
       <w:r w:rsidR="00AC0EC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -864,101 +856,91 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2410"/>
         </w:tabs>
         <w:ind w:right="-710"/>
       </w:pPr>
       <w:r>
         <w:t>Recuring booking</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, my activity will not charge admission"/>
           <w:id w:val="-2014217611"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, my activity will charge admission"/>
           <w:id w:val="1098829179"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1D0227" w14:textId="5A49B9C7" w:rsidR="00514B76" w:rsidRDefault="00DC1A03" w:rsidP="006F661A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7246"/>
         </w:tabs>
       </w:pPr>
       <w:r>
@@ -1047,106 +1029,96 @@
       <w:r w:rsidR="00222186">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>is the activity for?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box confirming the activity is for a closed/private group by invitation"/>
           <w:id w:val="1429160733"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008104E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="008104E2">
         <w:t>rivate group</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D104F0C" w14:textId="67EEE7A6" w:rsidR="00547649" w:rsidRDefault="00222186" w:rsidP="00F351F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9356"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:right="-709"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box to confirm the activity will be open to the public and advertised"/>
           <w:id w:val="1796862547"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00F351F0">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00547649" w:rsidRPr="008104E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00547649">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r w:rsidR="00547649" w:rsidRPr="008104E2">
         <w:t>public</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (B</w:t>
       </w:r>
       <w:r w:rsidRPr="00222186">
         <w:t xml:space="preserve">riefly describe </w:t>
       </w:r>
@@ -1257,101 +1229,91 @@
         </w:tabs>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Will your activity charge admission</w:t>
       </w:r>
       <w:r w:rsidR="005C44CA">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, my activity will not charge admission"/>
           <w:id w:val="-315880260"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00FC78A6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FC78A6" w:rsidRPr="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, my activity will charge admission"/>
           <w:id w:val="-1584448213"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F4128" w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4128">
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5B117F" w14:textId="148C32CD" w:rsidR="000B5238" w:rsidRPr="000B5238" w:rsidRDefault="0040044C" w:rsidP="005824C9">
       <w:pPr>
@@ -1379,101 +1341,91 @@
       <w:r>
         <w:t xml:space="preserve"> alcohol be </w:t>
       </w:r>
       <w:r w:rsidR="00E10632">
         <w:t>served</w:t>
       </w:r>
       <w:r w:rsidR="005C44CA">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, my activity will not offer complimentary service of alcohol"/>
           <w:id w:val="-350412382"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00FC78A6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FC78A6" w:rsidRPr="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, my activity will offer complimentary service of alcohol"/>
           <w:id w:val="1438338749"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F4128" w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4128">
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2235A774" w14:textId="2A03D37C" w:rsidR="0040044C" w:rsidRDefault="000B5238" w:rsidP="005824C9">
       <w:pPr>
@@ -1568,201 +1520,181 @@
       <w:r w:rsidR="005C44CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, my activity will not include items for sale"/>
           <w:id w:val="1564522799"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00FC78A6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FC78A6" w:rsidRPr="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, my activity will include items for sale"/>
           <w:id w:val="-1741088012"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F4128" w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4128">
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74ABD112" w14:textId="12A8D718" w:rsidR="00A3201B" w:rsidRPr="0066780B" w:rsidRDefault="00A3201B" w:rsidP="00662A0D">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Will children be attending?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, my activity will not include children"/>
           <w:id w:val="1451981605"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, my activity will include children"/>
           <w:id w:val="-1031108030"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00DD16A9">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39232825" w14:textId="3881895F" w:rsidR="003327B2" w:rsidRDefault="00B52A2E" w:rsidP="0009459D">
       <w:pPr>
@@ -2178,53 +2110,56 @@
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1822431F" w14:textId="77777777" w:rsidR="00146B06" w:rsidRDefault="00146B06" w:rsidP="003E656D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6379"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9638"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FA24CD5" w14:textId="77777777" w:rsidR="006734F5" w:rsidRDefault="00C9745E" w:rsidP="003E656D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6379"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9638"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:sectPr w:rsidR="006734F5" w:rsidSect="00A067EB">
-          <w:footerReference w:type="default" r:id="rId15"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="even" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="even" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
+          <w:footerReference w:type="first" r:id="rId20"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1276" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t>Full name</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Full name"/>
           <w:id w:val="459924672"/>
           <w:placeholder>
             <w:docPart w:val="3ABE576F34094B73B99D6BAB6F67DD13"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
@@ -2321,51 +2256,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">General </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB1F5CF" w14:textId="70E91AE7" w:rsidR="006734F5" w:rsidRPr="00335C07" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:spacing w:before="120" w:after="20"/>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335C07">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The hirer agrees to comply with these Terms and Conditions and Meeting Room Hire Policy at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00335C07">
           <w:rPr>
             <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:color w:val="001947"/>
             <w:spacing w:val="-2"/>
             <w:kern w:val="0"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>libraries.tas.gov.au/about-us/policies-and-governance/policies/meeting-</w:t>
         </w:r>
         <w:r w:rsidRPr="00335C07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>room</w:t>
         </w:r>
         <w:r w:rsidRPr="00335C07">
           <w:rPr>
             <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:color w:val="001947"/>
             <w:spacing w:val="-2"/>
             <w:kern w:val="0"/>
             <w:u w:val="single"/>
             <w14:ligatures w14:val="none"/>
@@ -2403,51 +2338,51 @@
       <w:r w:rsidRPr="006734F5">
         <w:t>be at least 18 years of age</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4FEF39" w14:textId="77777777" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>use the room only for the purpose on the application form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E994601" w14:textId="42A3EF98" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t xml:space="preserve">comply with Libraries Tasmania policies </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00335C07">
           <w:rPr>
             <w:color w:val="001947"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>libraries.tas.gov.au/about-us/policies-and-governance/policies/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="391F8E92" w14:textId="77777777" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t>not indicate or imply that their event is sponsored or endorsed by Libraries Tasmania</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AAD5AB3" w14:textId="08FB19B2" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
@@ -2570,51 +2505,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Payment and refunds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FA1273" w14:textId="262B6466" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:spacing w:before="120" w:after="20"/>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Cordia New"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Cordia New"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Fees are listed at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00335C07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006734F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Cordia New"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00335C07">
         <w:t>and payment can be made by credit card, EFT, or cash at the library.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A2BBCB" w14:textId="43C0E25E" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:spacing w:before="120" w:after="20"/>
         <w:ind w:right="-427"/>
         <w:rPr>
@@ -2718,51 +2653,51 @@
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t>ensure the room’s maximum capacity is not exceeded</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB8071A" w14:textId="77777777" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t>set up the room to meet their needs and return it to its original layout, leaving it clean and tidy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F538E6" w14:textId="536ED41C" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:color w:val="001947"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t xml:space="preserve">ensure child safeguarding arrangements are in place in accordance with Safeguarding Children Policy: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="006734F5">
           <w:rPr>
             <w:color w:val="001947"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>libraries.tas.gov.au/about-us/policies-and-governance/policies/safeguarding-children-policy/purpose/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A94C231" w14:textId="77777777" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t>understand and follow evacuation and safety procedures and follow staff instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EACE8E" w14:textId="77777777" w:rsidR="006734F5" w:rsidRPr="006734F5" w:rsidRDefault="006734F5" w:rsidP="006734F5">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="006734F5">
         <w:t>immediately report any damage, breakage, or injury to library staff.</w:t>
       </w:r>
     </w:p>
@@ -2802,98 +2737,88 @@
       <w:r w:rsidRPr="00FC78A6">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, a risk assessment was not undertaken"/>
           <w:id w:val="-319266461"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C9787E">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, a risk assessment was undertaken"/>
           <w:id w:val="1573082513"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C9787E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F98CB81" w14:textId="4BE77E88" w:rsidR="001B742B" w:rsidRDefault="00E14B46" w:rsidP="00E14B46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6804"/>
@@ -2905,186 +2830,173 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1DF9">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="001B742B">
         <w:t>isk rating</w:t>
       </w:r>
       <w:r w:rsidR="003B1DF9">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001B742B" w:rsidRPr="00C62866">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the risk rating is low"/>
           <w:id w:val="-539356867"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001B742B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001B742B">
         <w:t xml:space="preserve"> Low</w:t>
       </w:r>
       <w:r w:rsidR="001B742B">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the risk rating is medium"/>
           <w:id w:val="-1399433764"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001B742B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001B742B">
         <w:t xml:space="preserve"> Medium</w:t>
       </w:r>
       <w:r w:rsidR="001B742B">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the risk rating is high"/>
           <w:id w:val="-1491243601"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001B742B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001B742B">
         <w:t xml:space="preserve"> High</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CFA73E" w14:textId="242E242B" w:rsidR="00A21426" w:rsidRDefault="004B64EE" w:rsidP="00BB7CFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9638"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Approved </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Yes check box, application is approved"/>
           <w:id w:val="-554392859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00F0734F" w:rsidRPr="00055CB6">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F4128" w:rsidRPr="004F4128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4128">
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00A21426">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="No check box, application is not approved"/>
           <w:id w:val="-1682199414"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00926E1F">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B50D43">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4128">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r w:rsidR="00B50D43">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
@@ -3287,83 +3199,81 @@
         </w:rPr>
         <w:t>ee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:t xml:space="preserve"> type</w:t>
       </w:r>
       <w:r w:rsidR="00335FC4">
         <w:rPr>
           <w:rStyle w:val="FormField"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the commercial rate applies to this booking"/>
           <w:id w:val="1947738068"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C9787E" w:rsidRPr="00C62866">
         <w:t>Commercial rate</w:t>
       </w:r>
       <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the community rate applies to this booking"/>
           <w:id w:val="1177775319"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C62866" w:rsidRPr="00C62866">
         <w:t xml:space="preserve">  Community rate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC9D584" w14:textId="0F41BE6F" w:rsidR="0086069F" w:rsidRDefault="0086069F" w:rsidP="00335C07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="4395"/>
         </w:tabs>
         <w:spacing w:before="100" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amount </w:t>
       </w:r>
@@ -3419,148 +3329,137 @@
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r w:rsidRPr="00D8689C">
         <w:t>Payment method</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8689C">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box, the payment method will be cash"/>
           <w:id w:val="799723810"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="004B0531">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008506CE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D8689C">
         <w:t>Cash</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DD7768" w14:textId="6AA5276B" w:rsidR="00335FC4" w:rsidRDefault="00D8689C" w:rsidP="00354434">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r w:rsidRPr="00D8689C">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="FormField"/>
           </w:rPr>
           <w:tag w:val="Check box, the payment method will be credit/debit card"/>
           <w:id w:val="1041869507"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...3 lines deleted...]
-        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="0086069F">
             <w:rPr>
               <w:rStyle w:val="FormField"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008506CE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D8689C">
         <w:t>Credit</w:t>
       </w:r>
       <w:r w:rsidR="0086069F">
         <w:t>/debit</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8689C">
         <w:t xml:space="preserve"> card</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E73E8A" w14:textId="03F30AE7" w:rsidR="00D8689C" w:rsidRPr="00D8689C" w:rsidRDefault="00D8689C" w:rsidP="00354434">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r w:rsidRPr="00D8689C">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="Check box, the payment method will be via invoice"/>
           <w:id w:val="-993408304"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00D8689C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008506CE">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D8689C">
         <w:t>Invoice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA12929" w14:textId="77777777" w:rsidR="00AC49B4" w:rsidRDefault="00AC49B4" w:rsidP="00963833">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
     </w:p>
@@ -3864,119 +3763,119 @@
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00246CAA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="00246CAA" w:rsidSect="00A067EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1276" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DB6B7DA" w14:textId="77777777" w:rsidR="00F5680A" w:rsidRDefault="00F5680A" w:rsidP="0021185D">
+    <w:p w14:paraId="0481D389" w14:textId="77777777" w:rsidR="00494C9E" w:rsidRDefault="00494C9E" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D50DD2E" w14:textId="77777777" w:rsidR="00F5680A" w:rsidRDefault="00F5680A" w:rsidP="0021185D">
+    <w:p w14:paraId="365DFF82" w14:textId="77777777" w:rsidR="00494C9E" w:rsidRDefault="00494C9E" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
-    <w:panose1 w:val="02010609060101010101"/>
+    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
@@ -3993,130 +3892,399 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gulim">
     <w:altName w:val="굴림"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58EBA97D" w14:textId="2E62CEBF" w:rsidR="00A26A93" w:rsidRPr="0021185D" w:rsidRDefault="00A26A93" w:rsidP="00FB07A7">
+  <w:p w14:paraId="3F99B8B9" w14:textId="77777777" w:rsidR="001455AD" w:rsidRDefault="001455AD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58EBA97D" w14:textId="6B37EFF0" w:rsidR="00A26A93" w:rsidRPr="0021185D" w:rsidRDefault="001455AD" w:rsidP="00FB07A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="0"/>
     </w:pPr>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidRPr="001455AD">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BFCBE53" wp14:editId="7A59C5B2">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>right</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>261464</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1682115" cy="275590"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="2108125247" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1682115" cy="275590"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="21A5A858" w14:textId="77777777" w:rsidR="001455AD" w:rsidRPr="001455AD" w:rsidRDefault="001455AD" w:rsidP="001455AD">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                <w14:noFill/>
+                                <w14:prstDash w14:val="solid"/>
+                                <w14:bevel/>
+                              </w14:textOutline>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="001455AD">
+                            <w:rPr>
+                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                <w14:noFill/>
+                                <w14:prstDash w14:val="solid"/>
+                                <w14:bevel/>
+                              </w14:textOutline>
+                            </w:rPr>
+                            <w:t>Doc version: 5.2-dec-25</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5BFCBE53" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:81.25pt;margin-top:20.6pt;width:132.45pt;height:21.7pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC96FcDQIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjg24jYx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzrx8lp2nQvQ3zg0Ca1CF5eLS+G7UiR+G8BFPTfDanRBgOrTT7mv74vnu3&#10;pMQHZlqmwIianoSnd5u3b9aDrUQBPahWOIIgxleDrWkfgq2yzPNeaOZnYIXBYAdOs4Cu22etYwOi&#10;a5UV8/lNNoBrrQMuvMe/D1OQbhJ+1wkevnadF4GommJvIZ0unU08s82aVXvHbC/5uQ32D11oJg0W&#10;vUA9sMDIwcm/oLTkDjx0YcZBZ9B1kos0A06Tz19N89QzK9IsSI63F5r8/4PlX45P9psjYXwPIy4w&#10;DeHtI/CfnhjY9szsxb1zMPSCtVg4j5Rlg/XV+Wqk2lc+gjTDZ2hxyewQIAGNndORFZyTIDou4HQh&#10;XYyB8FjyZlnkeUkJx1hxW5artJWMVc+3rfPhowBNolFTh0tN6Oz46EPshlXPKbGYByXbnVQqOW7f&#10;bJUjR4YC2KUvDfAqTRky1HRVFmVCNhDvJ21oGVCgSuqaLufxmyQT2fhg2pQSmFSTjZ0oc6YnMjJx&#10;E8ZmxMRIUwPtCYlyMAkRHw4aPbjflAwowpr6XwfmBCXqk0GyV/liEVWbnEV5W6DjriPNdYQZjlA1&#10;DZRM5jYkpUceDNzjUjqZ+Hrp5NwriivReH4IUb3Xfsp6ea6bPwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABEs9vTcAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AUhO8m/ofNM/Fi7FKCtKU8GjXR&#10;eG3tD3jAK5Cybwm7LfTfu570OJnJzDf5bja9uvLoOisIy0UEiqWydScNwvH743kNynmSmnorjHBj&#10;B7vi/i6nrLaT7Pl68I0KJeIyQmi9HzKtXdWyIbewA0vwTnY05IMcG12PNIVy0+s4ilJtqJOw0NLA&#10;7y1X58PFIJy+pqeXzVR++uNqn6Rv1K1Ke0N8fJhft6A8z/4vDL/4AR2KwFTai9RO9QjhiEdIljGo&#10;4MZpsgFVIqyTFHSR6//4xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAvehXA0CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAESz29NwA&#10;AAAGAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="21A5A858" w14:textId="77777777" w:rsidR="001455AD" w:rsidRPr="001455AD" w:rsidRDefault="001455AD" w:rsidP="001455AD">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                          <w14:noFill/>
+                          <w14:prstDash w14:val="solid"/>
+                          <w14:bevel/>
+                        </w14:textOutline>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="001455AD">
+                      <w:rPr>
+                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                          <w14:noFill/>
+                          <w14:prstDash w14:val="solid"/>
+                          <w14:bevel/>
+                        </w14:textOutline>
+                      </w:rPr>
+                      <w:t>Doc version: 5.2-dec-25</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square" anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="001947" w:themeColor="text2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>DECYP</w:t>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006734F5">
       <w:t>Meeting r</w:t>
     </w:r>
     <w:r w:rsidR="004E78C1">
       <w:t xml:space="preserve">oom </w:t>
     </w:r>
     <w:r w:rsidR="003816A9">
       <w:t>h</w:t>
     </w:r>
     <w:r w:rsidR="004E78C1">
       <w:t xml:space="preserve">ire </w:t>
     </w:r>
     <w:r w:rsidR="003816A9">
       <w:t>a</w:t>
     </w:r>
     <w:r w:rsidR="004E78C1">
       <w:t>pplication</w:t>
     </w:r>
     <w:r w:rsidR="00475215">
       <w:t xml:space="preserve"> – September 2025</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A26A93">
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="0021185D">
+    <w:r w:rsidR="00A26A93" w:rsidRPr="0021185D">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2978C761" w14:textId="0F5CB33E" w:rsidR="00A26A93" w:rsidRPr="007A6C0F" w:rsidRDefault="005F2CEF" w:rsidP="003C565F">
+  <w:p w14:paraId="2978C761" w14:textId="08E5068C" w:rsidR="00A26A93" w:rsidRPr="007A6C0F" w:rsidRDefault="001455AD" w:rsidP="003C565F">
     <w:pPr>
       <w:pStyle w:val="DECYPDepartmentname"/>
       <w:ind w:left="-425"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="001455AD">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5538DFC5" wp14:editId="3E846057">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>right</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>422275</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1682115" cy="275590"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="217" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1682115" cy="275590"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="021892DF" w14:textId="0BED4E10" w:rsidR="001455AD" w:rsidRPr="001455AD" w:rsidRDefault="001455AD">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                <w14:noFill/>
+                                <w14:prstDash w14:val="solid"/>
+                                <w14:bevel/>
+                              </w14:textOutline>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="001455AD">
+                            <w:rPr>
+                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                <w14:noFill/>
+                                <w14:prstDash w14:val="solid"/>
+                                <w14:bevel/>
+                              </w14:textOutline>
+                            </w:rPr>
+                            <w:t>Doc version: 5.2-dec-25</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5538DFC5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:81.25pt;margin-top:33.25pt;width:132.45pt;height:21.7pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYrIIODwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCuE2MOEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJbhp0b8P8IJAmdUgeHm3uxl6Rk7BOgq5otkgpEZpDI/Whoj++79+t&#10;KHGe6YYp0KKiZ+Ho3fbtm81gSpFDB6oRliCIduVgKtp5b8okcbwTPXMLMEJjsAXbM4+uPSSNZQOi&#10;9yrJ0/QmGcA2xgIXzuHfhylItxG/bQX3X9vWCU9URbE3H08bzzqcyXbDyoNlppN8boP9Qxc9kxqL&#10;XqAemGfkaOVfUL3kFhy0fsGhT6BtJRdxBpwmS19N89QxI+IsSI4zF5rc/4PlX05P5pslfnwPIy4w&#10;DuHMI/CfjmjYdUwfxL21MHSCNVg4C5Qlg3HlfDVQ7UoXQOrhMzS4ZHb0EIHG1vaBFZyTIDou4Hwh&#10;XYye8FDyZpVnWUEJx1h+WxTruJWElc+3jXX+o4CeBKOiFpca0dnp0fnQDSufU0IxB0o2e6lUdOyh&#10;3ilLTgwFsI9fHOBVmtJkqOi6yIuIrCHcj9ropUeBKtlXdJWGb5JMYOODbmKKZ1JNNnai9ExPYGTi&#10;xo/1SGQzcxfYqqE5I18WJj3i+0GjA/ubkgG1WFH368isoER90sj5Olsug3ijsyxuc3TsdaS+jjDN&#10;EaqinpLJ3Pko+ECHhnvcTSsjbS+dzC2jxiKb83sIIr72Y9bLq93+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAegwt09wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1qFqXhDgV&#10;IIG49ucBNsk2iYjXUew26duznOA4mtHMN/l2dr260Bg6zxaeFgko4srXHTcWjoePx2dQISLX2Hsm&#10;C1cKsC1ub3LMaj/xji772Cgp4ZChhTbGIdM6VC05DAs/EIt38qPDKHJsdD3iJOWu18skMdphx7LQ&#10;4kDvLVXf+7OzcPqaHtbpVH7G42a3Mm/YbUp/tfb+bn59ARVpjn9h+MUXdCiEqfRnroPqLciRaMGY&#10;NShxl2aVgiollqQp6CLX//mLHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCYrIIODwIA&#10;AP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6DC3T&#10;3AAAAAcBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="021892DF" w14:textId="0BED4E10" w:rsidR="001455AD" w:rsidRPr="001455AD" w:rsidRDefault="001455AD">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                          <w14:noFill/>
+                          <w14:prstDash w14:val="solid"/>
+                          <w14:bevel/>
+                        </w14:textOutline>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="001455AD">
+                      <w:rPr>
+                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                          <w14:noFill/>
+                          <w14:prstDash w14:val="solid"/>
+                          <w14:bevel/>
+                        </w14:textOutline>
+                      </w:rPr>
+                      <w:t>Doc version: 5.2-dec-25</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square" anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="005F2CEF">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1794E595" wp14:editId="5FB41405">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1794E595" wp14:editId="219BF850">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-356097</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2991264" cy="714796"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="712440864" name="Picture 712440864" descr="Libraries Tasmania and State Government logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="712440864" name="Picture 712440864" descr="Libraries Tasmania and State Government logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -4149,80 +4317,107 @@
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Department for Education, </w:t>
     </w:r>
     <w:r w:rsidR="00A26A93">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:br/>
       <w:t>Children and Young People</w:t>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CF184A3" w14:textId="77777777" w:rsidR="00F5680A" w:rsidRDefault="00F5680A" w:rsidP="0021185D">
+    <w:p w14:paraId="11E905B0" w14:textId="77777777" w:rsidR="00494C9E" w:rsidRDefault="00494C9E" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F3093B1" w14:textId="77777777" w:rsidR="00F5680A" w:rsidRDefault="00F5680A" w:rsidP="0021185D">
+    <w:p w14:paraId="1AA69296" w14:textId="77777777" w:rsidR="00494C9E" w:rsidRDefault="00494C9E" w:rsidP="0021185D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48C8CDA2" w14:textId="77777777" w:rsidR="001455AD" w:rsidRDefault="001455AD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="52A809FF" w14:textId="77777777" w:rsidR="001455AD" w:rsidRDefault="001455AD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BB64131" w14:textId="77777777" w:rsidR="00F52F3C" w:rsidRDefault="00F52F3C" w:rsidP="00A26A93">
     <w:pPr>
       <w:pStyle w:val="IntroParagraph"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F92E05B" wp14:editId="10B5C872">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-719455</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="2044800"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
@@ -7559,51 +7754,51 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1081608700">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="263613898">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1587113846">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="580598382">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2003965338">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1489247198">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7644,50 +7839,51 @@
     <w:rsid w:val="000A1BA0"/>
     <w:rsid w:val="000A34AA"/>
     <w:rsid w:val="000A5FFA"/>
     <w:rsid w:val="000A6D2A"/>
     <w:rsid w:val="000B1151"/>
     <w:rsid w:val="000B153C"/>
     <w:rsid w:val="000B473E"/>
     <w:rsid w:val="000B5238"/>
     <w:rsid w:val="000C02BB"/>
     <w:rsid w:val="000C699F"/>
     <w:rsid w:val="000C6BE9"/>
     <w:rsid w:val="000D2898"/>
     <w:rsid w:val="000E161A"/>
     <w:rsid w:val="000E22D6"/>
     <w:rsid w:val="000E57C7"/>
     <w:rsid w:val="000F214B"/>
     <w:rsid w:val="000F254B"/>
     <w:rsid w:val="000F44F6"/>
     <w:rsid w:val="00104FE1"/>
     <w:rsid w:val="00106504"/>
     <w:rsid w:val="00114340"/>
     <w:rsid w:val="00117D4C"/>
     <w:rsid w:val="001305A1"/>
     <w:rsid w:val="00133A95"/>
     <w:rsid w:val="00143623"/>
+    <w:rsid w:val="001455AD"/>
     <w:rsid w:val="00146B06"/>
     <w:rsid w:val="00146FAC"/>
     <w:rsid w:val="001500CB"/>
     <w:rsid w:val="001543EA"/>
     <w:rsid w:val="00155354"/>
     <w:rsid w:val="001553B5"/>
     <w:rsid w:val="0016296A"/>
     <w:rsid w:val="00163800"/>
     <w:rsid w:val="00167EA1"/>
     <w:rsid w:val="0017164A"/>
     <w:rsid w:val="00177061"/>
     <w:rsid w:val="001775C2"/>
     <w:rsid w:val="0019596D"/>
     <w:rsid w:val="001A0ED2"/>
     <w:rsid w:val="001A27AC"/>
     <w:rsid w:val="001A3A72"/>
     <w:rsid w:val="001A3B3F"/>
     <w:rsid w:val="001A72F2"/>
     <w:rsid w:val="001B3716"/>
     <w:rsid w:val="001B6041"/>
     <w:rsid w:val="001B742B"/>
     <w:rsid w:val="001C5A0B"/>
     <w:rsid w:val="001D428C"/>
     <w:rsid w:val="001D77C4"/>
     <w:rsid w:val="001E065E"/>
@@ -7789,50 +7985,51 @@
     <w:rsid w:val="004141CC"/>
     <w:rsid w:val="00415BD9"/>
     <w:rsid w:val="004225EC"/>
     <w:rsid w:val="004246A3"/>
     <w:rsid w:val="0042558A"/>
     <w:rsid w:val="0042569A"/>
     <w:rsid w:val="0043266A"/>
     <w:rsid w:val="00432CBA"/>
     <w:rsid w:val="004364B7"/>
     <w:rsid w:val="00437453"/>
     <w:rsid w:val="00437773"/>
     <w:rsid w:val="00444DA7"/>
     <w:rsid w:val="00452115"/>
     <w:rsid w:val="00454351"/>
     <w:rsid w:val="004561FC"/>
     <w:rsid w:val="004572F0"/>
     <w:rsid w:val="004609BB"/>
     <w:rsid w:val="00470052"/>
     <w:rsid w:val="00473041"/>
     <w:rsid w:val="00474EEE"/>
     <w:rsid w:val="00475215"/>
     <w:rsid w:val="00475DD7"/>
     <w:rsid w:val="004917BE"/>
     <w:rsid w:val="0049340B"/>
     <w:rsid w:val="0049469D"/>
+    <w:rsid w:val="00494C9E"/>
     <w:rsid w:val="004A3D46"/>
     <w:rsid w:val="004A4A4B"/>
     <w:rsid w:val="004B0531"/>
     <w:rsid w:val="004B4B26"/>
     <w:rsid w:val="004B5B10"/>
     <w:rsid w:val="004B64EE"/>
     <w:rsid w:val="004C0031"/>
     <w:rsid w:val="004C277B"/>
     <w:rsid w:val="004C345D"/>
     <w:rsid w:val="004D1FC2"/>
     <w:rsid w:val="004D7A71"/>
     <w:rsid w:val="004E021E"/>
     <w:rsid w:val="004E504A"/>
     <w:rsid w:val="004E5B50"/>
     <w:rsid w:val="004E78C1"/>
     <w:rsid w:val="004F2916"/>
     <w:rsid w:val="004F3C30"/>
     <w:rsid w:val="004F4128"/>
     <w:rsid w:val="004F5116"/>
     <w:rsid w:val="004F67E8"/>
     <w:rsid w:val="004F6A2E"/>
     <w:rsid w:val="004F7764"/>
     <w:rsid w:val="005066D4"/>
     <w:rsid w:val="00512C64"/>
     <w:rsid w:val="005138F3"/>
@@ -7956,50 +8153,51 @@
     <w:rsid w:val="007C64D9"/>
     <w:rsid w:val="007C7B6A"/>
     <w:rsid w:val="007D550E"/>
     <w:rsid w:val="007D5A94"/>
     <w:rsid w:val="007D67F1"/>
     <w:rsid w:val="007E162D"/>
     <w:rsid w:val="007F125D"/>
     <w:rsid w:val="007F1F89"/>
     <w:rsid w:val="00801D6B"/>
     <w:rsid w:val="008036D0"/>
     <w:rsid w:val="008104E2"/>
     <w:rsid w:val="00815A4F"/>
     <w:rsid w:val="00821DF4"/>
     <w:rsid w:val="00823314"/>
     <w:rsid w:val="0082660F"/>
     <w:rsid w:val="008405B8"/>
     <w:rsid w:val="00841CEB"/>
     <w:rsid w:val="00842118"/>
     <w:rsid w:val="008506CE"/>
     <w:rsid w:val="00853810"/>
     <w:rsid w:val="0086069F"/>
     <w:rsid w:val="00860788"/>
     <w:rsid w:val="0086173D"/>
     <w:rsid w:val="00867075"/>
     <w:rsid w:val="0087124D"/>
+    <w:rsid w:val="00875170"/>
     <w:rsid w:val="008778BB"/>
     <w:rsid w:val="00884E2D"/>
     <w:rsid w:val="00885B75"/>
     <w:rsid w:val="008947F2"/>
     <w:rsid w:val="008A0EAB"/>
     <w:rsid w:val="008A4FB4"/>
     <w:rsid w:val="008A542F"/>
     <w:rsid w:val="008B798A"/>
     <w:rsid w:val="008C01AD"/>
     <w:rsid w:val="008C2836"/>
     <w:rsid w:val="008C2952"/>
     <w:rsid w:val="008C4ABB"/>
     <w:rsid w:val="008D0248"/>
     <w:rsid w:val="008D765B"/>
     <w:rsid w:val="008E08BD"/>
     <w:rsid w:val="008E352A"/>
     <w:rsid w:val="008E4295"/>
     <w:rsid w:val="008E49DD"/>
     <w:rsid w:val="008E504D"/>
     <w:rsid w:val="008E51F7"/>
     <w:rsid w:val="008F1EEA"/>
     <w:rsid w:val="008F7079"/>
     <w:rsid w:val="0090085A"/>
     <w:rsid w:val="009016AC"/>
     <w:rsid w:val="00903DD4"/>
@@ -9143,51 +9341,51 @@
       <w:spacing w:before="0" w:after="240"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C5488F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable6ColourfulAccent6">
+  <w:style w:type="table" w:styleId="ListTable6Colorful-Accent6">
     <w:name w:val="List Table 6 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00980A86"/>
     <w:rPr>
       <w:color w:val="001235" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="001947" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="001947" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="001947" w:themeColor="accent6"/>
         </w:tcBorders>
@@ -10273,51 +10471,51 @@
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0074212D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ListTable7ColourfulAccent6">
+  <w:style w:type="table" w:styleId="ListTable7Colorful-Accent6">
     <w:name w:val="List Table 7 Colorful Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00B9468D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="001235" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="001947" w:themeColor="accent6"/>
@@ -10883,58 +11081,58 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2037342109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/meeting-room-hire-policy/purpose/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/safeguarding-children-policy/purpose/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/meeting-room-conditions-of-use/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/meeting-room-hire-policy/purpose/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/meeting-room-conditions-of-use/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/safeguarding-children-policy/purpose/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/public-libraries/meeting-rooms-at-your-library/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.tas.gov.au/about-us/policies-and-governance/policies/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="https://tasedu.sharepoint.com/sites/intranet/DECYP%20Branded%20%20Templates/DECYP%20Branded%20Templates/Info-Sheet-Template-A4-Portrait-DECYP-Brand-Designed.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0AD74274A8E24643AD6F49CF20B42555"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
@@ -11615,58 +11813,58 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
-    <w:panose1 w:val="02010609060101010101"/>
+    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman (Body CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
@@ -11688,65 +11886,64 @@
   </w:font>
   <w:font w:name="Gulim">
     <w:altName w:val="굴림"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
-    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="395D746E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E1481F00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
@@ -12355,58 +12552,60 @@
   <w:compat>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00666AEC"/>
     <w:rsid w:val="0004615F"/>
     <w:rsid w:val="000B1708"/>
     <w:rsid w:val="00123F08"/>
     <w:rsid w:val="00143623"/>
     <w:rsid w:val="001F5D44"/>
     <w:rsid w:val="00226701"/>
     <w:rsid w:val="0029715B"/>
     <w:rsid w:val="002E1C28"/>
     <w:rsid w:val="00312A5E"/>
     <w:rsid w:val="00414FB3"/>
     <w:rsid w:val="004E6006"/>
     <w:rsid w:val="005A7723"/>
     <w:rsid w:val="0062442E"/>
+    <w:rsid w:val="00653354"/>
     <w:rsid w:val="00666AEC"/>
     <w:rsid w:val="006A14E9"/>
     <w:rsid w:val="006D22F0"/>
     <w:rsid w:val="00726336"/>
     <w:rsid w:val="007B7C85"/>
     <w:rsid w:val="007D5A94"/>
     <w:rsid w:val="007E1319"/>
     <w:rsid w:val="00806A73"/>
+    <w:rsid w:val="00875170"/>
     <w:rsid w:val="008A2E9A"/>
     <w:rsid w:val="008C01AD"/>
     <w:rsid w:val="008E49DD"/>
     <w:rsid w:val="00901611"/>
     <w:rsid w:val="00913C0C"/>
     <w:rsid w:val="0091786D"/>
     <w:rsid w:val="009636EA"/>
     <w:rsid w:val="00996AA0"/>
     <w:rsid w:val="009B6E48"/>
     <w:rsid w:val="009C4385"/>
     <w:rsid w:val="009E4974"/>
     <w:rsid w:val="00A173F3"/>
     <w:rsid w:val="00A43712"/>
     <w:rsid w:val="00A514B5"/>
     <w:rsid w:val="00AC4C90"/>
     <w:rsid w:val="00B05E33"/>
     <w:rsid w:val="00B2415F"/>
     <w:rsid w:val="00BE10D4"/>
     <w:rsid w:val="00BF26AE"/>
     <w:rsid w:val="00C071B2"/>
     <w:rsid w:val="00C7431F"/>
     <w:rsid w:val="00C80927"/>
     <w:rsid w:val="00CC7E0F"/>
     <w:rsid w:val="00D52C97"/>
     <w:rsid w:val="00D566AD"/>
@@ -13445,86 +13644,113 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...31 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DECYP Templates" ma:contentTypeID="0x010100DAE5B12603A8D64299F2D7F9DAA9DFF903008AA0A510938D364CB63ECC6F496FDB54" ma:contentTypeVersion="37" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="5fae1039632088458c7488675a4a0c27">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2" xmlns:ns3="73e323e8-fcc4-4315-9e8f-db2c55330154" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c761f4a36536de3edc5fd1d178460d82" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2"/>
     <xsd:import namespace="73e323e8-fcc4-4315-9e8f-db2c55330154"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:DECYP_x0020_Branding" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:j2d9e2b20fe94002ba12752ef02ebab2" minOccurs="0"/>
                 <xsd:element ref="ns1:jc6636d59a3841d6a003805cc0af7d55" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:ac14bbcdb53241248531b27e06dad8ac" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns1:n0a9e867ad2c485d813f18d125e0fcd9" minOccurs="0"/>
                 <xsd:element ref="ns1:IsDoETemplate" minOccurs="0"/>
                 <xsd:element ref="ns1:p3462ae1d1b74acfbca60782bc9e6868" minOccurs="0"/>
                 <xsd:element ref="ns1:edfde412c3c944a58e77f303173d3848" minOccurs="0"/>
                 <xsd:element ref="ns1:dcb2640943484fe9b8fca50e77597933" minOccurs="0"/>
@@ -13738,200 +13964,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <edfde412c3c944a58e77f303173d3848 xmlns="http://schemas.microsoft.com/sharepoint/v3">Template85897c92-c882-4165-879a-2f460318d4ff</edfde412c3c944a58e77f303173d3848>
+    <_dlc_DocId xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2">TASED-1025588595-153</_dlc_DocId>
+    <n0a9e867ad2c485d813f18d125e0fcd9 xmlns="http://schemas.microsoft.com/sharepoint/v3">Staff5334ce17-5483-4202-bd91-d920329f5a8a</n0a9e867ad2c485d813f18d125e0fcd9>
+    <_dlc_DocIdUrl xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2">
+      <Url>https://tasedu.sharepoint.com/sites/intranet/_layouts/15/DocIdRedir.aspx?ID=TASED-1025588595-153</Url>
+      <Description>TASED-1025588595-153</Description>
+    </_dlc_DocIdUrl>
+    <TaxCatchAll xmlns="73e323e8-fcc4-4315-9e8f-db2c55330154">
+      <Value>69</Value>
+      <Value>4</Value>
+      <Value>4977</Value>
+      <Value>28</Value>
+    </TaxCatchAll>
+    <p3462ae1d1b74acfbca60782bc9e6868 xmlns="http://schemas.microsoft.com/sharepoint/v3">Livebc977ed0-005e-4690-a3b4-310d5986bcf0</p3462ae1d1b74acfbca60782bc9e6868>
+    <ac14bbcdb53241248531b27e06dad8ac xmlns="73e323e8-fcc4-4315-9e8f-db2c55330154">Strategic Marketing Communications and Mediaf6d9077c-8163-46d2-832d-7663a09bc4db</ac14bbcdb53241248531b27e06dad8ac>
+    <_dlc_DocIdPersistId xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2" xsi:nil="true"/>
+    <TaxCatchAllLabel xmlns="73e323e8-fcc4-4315-9e8f-db2c55330154" xsi:nil="true"/>
+    <DECYP_x0020_Branding xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2">DECYP colourful branding</DECYP_x0020_Branding>
+    <jc6636d59a3841d6a003805cc0af7d55 xmlns="http://schemas.microsoft.com/sharepoint/v3">Strategic Marketing Communications and Media|f6d9077c-8163-46d2-832d-7663a09bc4db</jc6636d59a3841d6a003805cc0af7d55>
+    <j2d9e2b20fe94002ba12752ef02ebab2 xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j2d9e2b20fe94002ba12752ef02ebab2>
+    <DoE_x0020_Template_x0020_Descriptioin xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Template_x0020_Description xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <IsDoETemplate xmlns="http://schemas.microsoft.com/sharepoint/v3">true</IsDoETemplate>
+    <pd29a4e1f15d408ea69e8630ec6fc634 xmlns="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </pd29a4e1f15d408ea69e8630ec6fc634>
+    <dcb2640943484fe9b8fca50e77597933 xmlns="http://schemas.microsoft.com/sharepoint/v3">DECYP Brand - Designed Templates0a854b76-3f9e-4adf-8e49-eb04dbc7eecc</dcb2640943484fe9b8fca50e77597933>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1E74273-09C4-7B4E-9D65-F6E4262256F2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="73e323e8-fcc4-4315-9e8f-db2c55330154"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57772CBF-223C-4949-9DFF-89402CD8698D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9004440A-EBAA-4208-91EF-185D1BE19123}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC911E6B-E9FE-4425-A70B-8CD0C441CEB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2"/>
     <ds:schemaRef ds:uri="73e323e8-fcc4-4315-9e8f-db2c55330154"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9004440A-EBAA-4208-91EF-185D1BE19123}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD0555F-144B-4D7D-9A4E-EABAE03767DB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="f4d687a3-763f-4c4d-a2c3-3894f6ee9db2"/>
+    <ds:schemaRef ds:uri="73e323e8-fcc4-4315-9e8f-db2c55330154"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Info-Sheet-Template-A4-Portrait-DECYP-Brand-Designed</Template>
+  <Template>Info-Sheet-Template-A4-Portrait-DECYP-Brand-Designed.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>841</Words>
-  <Characters>4689</Characters>
+  <Words>677</Words>
+  <Characters>3937</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>390</Lines>
-  <Paragraphs>307</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Meeting room hire application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Tasmanian Government - Department for Education, Children and Young People</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5223</CharactersWithSpaces>
+  <CharactersWithSpaces>4654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Meeting room hire application</dc:title>
   <dc:subject/>
   <dc:creator>Lana Hegol</dc:creator>
   <cp:keywords>information sheet; Factsheet</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>